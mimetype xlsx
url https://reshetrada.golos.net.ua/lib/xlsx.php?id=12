--- v0 (2025-11-15)
+++ v1 (2026-02-04)
@@ -65,69 +65,69 @@
   <si>
     <t>Криндач Юрій Володимирович</t>
   </si>
   <si>
     <t>Кацітадзе Олена Олександрівна</t>
   </si>
   <si>
     <t>Ткачук Ірина Олександрівна</t>
   </si>
   <si>
     <t>Трудненко Костянтин Вікторович</t>
   </si>
   <si>
     <t>Коцар Олег Іванович</t>
   </si>
   <si>
     <t>Колотій Сергій Васильович</t>
   </si>
   <si>
     <t>Колесніченко Володимир Володимирович</t>
   </si>
   <si>
     <t>Водолівова Наталія Вікторівна</t>
   </si>
   <si>
-    <t>Сенчук Наталія Леонідівна</t>
+    <t>Тищенко Людмила Миколаївна</t>
   </si>
   <si>
     <t>Кошовий Петро Миколайович</t>
   </si>
   <si>
     <t>Багно Віктор Іванович</t>
   </si>
   <si>
     <t>Лугова Наталія Іванівна</t>
   </si>
   <si>
     <t>Черкун Юрій Євгенович</t>
   </si>
   <si>
     <t>Кузьменко Володимир Вікторович</t>
   </si>
   <si>
-    <t>Савченко Василь Миколайович</t>
+    <t>Ковальчук Лариса Миколаївна</t>
   </si>
   <si>
     <t>Хиль Оксана Вікторівна</t>
   </si>
   <si>
     <t>Оренбургська Ольга Петрівна</t>
   </si>
   <si>
     <t>Мосієнко Павло Олегович</t>
   </si>
   <si>
     <t>Спільна Ніла Петрівна</t>
   </si>
   <si>
     <t>Ханко Анатолій Миколайович</t>
   </si>
   <si>
     <t>Гриб Ростислав Миколайович</t>
   </si>
   <si>
     <t>Мушта Анатолій Іванович</t>
   </si>
   <si>
     <t>31.08.21  12:00:00</t>
   </si>